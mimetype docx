--- v0 (2026-01-23)
+++ v1 (2026-03-30)
@@ -16,52 +16,50 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="33F109C0" w14:textId="63A7C2C9" w:rsidR="3262780D" w:rsidRDefault="00E67A59" w:rsidP="02EBE7EC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="29A5F5E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VILNIAUS ,,MINTIES“ GIMNAZIJOS</w:t>
       </w:r>
       <w:r w:rsidR="007A6E95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,,PLANET YOUTH“ AKADEMIJOS</w:t>
       </w:r>
       <w:r w:rsidR="725359A8" w:rsidRPr="29A5F5E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -234,51 +232,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00853EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk210854375"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk210854375"/>
       <w:r w:rsidRPr="00853EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">2024 m. </w:t>
       </w:r>
       <w:r w:rsidR="008E7CE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00853EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -301,51 +299,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00853EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> proc. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00853EC8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>moksleivių sutinka arba labai sutinka, kad jų mokytojai ir kiti mokyklos darbuotojai pastebi, kai būna sunku ir pasiūlo pagalbą</w:t>
       </w:r>
       <w:r w:rsidR="008E7CE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A7C42CE" w14:textId="4F68B4C7" w:rsidR="008E7CE6" w:rsidRDefault="008E7CE6" w:rsidP="29A5F5E9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -3708,110 +3706,172 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="3F4D5543">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> akademijos veikla </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73F8FADB" w14:textId="77777777" w:rsidR="00BE5E03" w:rsidRDefault="4010C197" w:rsidP="00F67BDA">
+          <w:p w14:paraId="17FA069E" w14:textId="4662C70D" w:rsidR="00560D8E" w:rsidRDefault="00560D8E" w:rsidP="00560D8E">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="3F4D5543">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  1. </w:t>
+            </w:r>
+            <w:r w:rsidR="4010C197" w:rsidRPr="3F4D5543">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Sausio</w:t>
             </w:r>
             <w:r w:rsidR="00BE5E03">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 20 d. 27 d.</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="585FEFEB" w14:textId="2A14A1EB" w:rsidR="00F67BDA" w:rsidRPr="00E0127C" w:rsidRDefault="00BE5E03" w:rsidP="00F67BDA">
+              <w:t xml:space="preserve"> 20 d. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>(II d klasė)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="229ECB58" w14:textId="77777777" w:rsidR="00560D8E" w:rsidRDefault="00560D8E" w:rsidP="00560D8E">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:t xml:space="preserve">               2. Kovo 5 d. ( </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ig</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasė)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585FEFEB" w14:textId="3CA681CD" w:rsidR="00F67BDA" w:rsidRPr="00E0127C" w:rsidRDefault="00560D8E" w:rsidP="00560D8E">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               3. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE5E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="005408F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>asario</w:t>
             </w:r>
             <w:r w:rsidR="4010C197" w:rsidRPr="3F4D5543">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00BE5E03">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4 d.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>4 d.</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Id</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> klasė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F67BDA" w14:paraId="6905A98C" w14:textId="77777777" w:rsidTr="3F4D5543">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1571CA6A" w14:textId="7095603C" w:rsidR="00F67BDA" w:rsidRPr="00E0127C" w:rsidRDefault="00F67BDA" w:rsidP="00F67BDA">
@@ -6319,50 +6379,51 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="48CFFDAA"/>
     <w:rsid w:val="000817BA"/>
     <w:rsid w:val="000E75BB"/>
     <w:rsid w:val="000F40B2"/>
     <w:rsid w:val="00126574"/>
     <w:rsid w:val="001821C1"/>
     <w:rsid w:val="0019433D"/>
     <w:rsid w:val="001A3673"/>
     <w:rsid w:val="001A560D"/>
     <w:rsid w:val="001D07E9"/>
     <w:rsid w:val="001D0E4C"/>
     <w:rsid w:val="001D6F43"/>
     <w:rsid w:val="00244BF0"/>
     <w:rsid w:val="002C3805"/>
     <w:rsid w:val="003954DB"/>
     <w:rsid w:val="003B0456"/>
     <w:rsid w:val="003D6250"/>
     <w:rsid w:val="00411F08"/>
     <w:rsid w:val="00451236"/>
     <w:rsid w:val="0046186E"/>
     <w:rsid w:val="0051218C"/>
     <w:rsid w:val="00521592"/>
     <w:rsid w:val="005408F0"/>
+    <w:rsid w:val="00560D8E"/>
     <w:rsid w:val="005641A6"/>
     <w:rsid w:val="00580B64"/>
     <w:rsid w:val="005A2E78"/>
     <w:rsid w:val="005D397F"/>
     <w:rsid w:val="006F5414"/>
     <w:rsid w:val="007A6E95"/>
     <w:rsid w:val="00831AE5"/>
     <w:rsid w:val="00853EC8"/>
     <w:rsid w:val="008E7CE6"/>
     <w:rsid w:val="008F070C"/>
     <w:rsid w:val="00905D61"/>
     <w:rsid w:val="00945F60"/>
     <w:rsid w:val="009E7F10"/>
     <w:rsid w:val="00A09D02"/>
     <w:rsid w:val="00A736F1"/>
     <w:rsid w:val="00A8008C"/>
     <w:rsid w:val="00AB2C40"/>
     <w:rsid w:val="00AE702C"/>
     <w:rsid w:val="00B3C986"/>
     <w:rsid w:val="00B6002E"/>
     <w:rsid w:val="00B60147"/>
     <w:rsid w:val="00B625A3"/>
     <w:rsid w:val="00B775AD"/>
     <w:rsid w:val="00B96988"/>
     <w:rsid w:val="00BE17BE"/>
@@ -7791,58 +7852,56 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100513F81CD7903E5439F79CEB34A44516E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6465c0ea94413865de2d4850c42572c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1d876bcd-0d5f-4610-b098-3f1bbc449aa1" xmlns:ns3="53290d00-a6a2-4f05-bbaa-fb322fd67d79" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4de1ea5a2b7e628aef5d0317d386945" ns2:_="" ns3:_="">
     <xsd:import namespace="1d876bcd-0d5f-4610-b098-3f1bbc449aa1"/>
     <xsd:import namespace="53290d00-a6a2-4f05-bbaa-fb322fd67d79"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
@@ -8015,145 +8074,147 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="53290d00-a6a2-4f05-bbaa-fb322fd67d79" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1d876bcd-0d5f-4610-b098-3f1bbc449aa1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{642FC81A-46F1-4E1F-BBB1-FF00C4B37A03}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4901655D-440F-4266-8193-3058C163611B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="1d876bcd-0d5f-4610-b098-3f1bbc449aa1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0F540E1-8854-4D22-B7A5-0522CB848B36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1d876bcd-0d5f-4610-b098-3f1bbc449aa1"/>
     <ds:schemaRef ds:uri="53290d00-a6a2-4f05-bbaa-fb322fd67d79"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4901655D-440F-4266-8193-3058C163611B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{642FC81A-46F1-4E1F-BBB1-FF00C4B37A03}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="53290d00-a6a2-4f05-bbaa-fb322fd67d79"/>
+    <ds:schemaRef ds:uri="1d876bcd-0d5f-4610-b098-3f1bbc449aa1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE7D1B33-5CE1-43C2-9152-7920826F1DE6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D080D7-661C-4FEE-A8F5-0BF277147492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2736</Words>
-  <Characters>1561</Characters>
+  <Words>2787</Words>
+  <Characters>1590</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4289</CharactersWithSpaces>
+  <CharactersWithSpaces>4369</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Monika Žūkaitė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100513F81CD7903E5439F79CEB34A44516E</vt:lpwstr>