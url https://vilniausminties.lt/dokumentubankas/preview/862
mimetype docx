--- v0 (2025-10-06)
+++ v1 (2026-02-26)
@@ -1,105 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="006C4879" w:rsidRDefault="006C4879" w:rsidP="006C4879">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Vilniaus  „Minties“ gimnazija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C4879" w:rsidRDefault="00307A04" w:rsidP="006C4879">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4879">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>okinio (-ės).......................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4879">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C4879" w:rsidRDefault="006C4879" w:rsidP="006C4879">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>II ... kl. mokinio (-ės)........................................................</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Individualus ugdymo plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000C2D2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>as</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Individualaus ugdymo plano forma 2023-2024 ir 2024-2025 mokslo metams</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80732">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2025-2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00623011">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir 2026-2027 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mokslo metams</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3209"/>
         <w:gridCol w:w="3210"/>
       </w:tblGrid>
       <w:tr w:rsidR="006C4879" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4879" w:rsidRDefault="006C4879" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -265,277 +335,398 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4879" w:rsidRDefault="0079577C" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4 (bendrasis kursas)</w:t>
+              <w:t>4 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bendrasis kursas)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>arba</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079577C" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6 (išplėstinis kursas)</w:t>
+              <w:t>6 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>išplėstinis kursas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4 (bendrasis kursas)</w:t>
+              <w:t>4 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bendrasis kursas)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>arba</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C4879" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6 (išplėstinis kursas)</w:t>
+              <w:t>6 (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>išplėstinis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kursas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4879" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4879" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4 (bendrasis kursas)</w:t>
+              <w:t>4 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bendrasis kursas)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>arba</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C4879" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6 (išplėstinis kursas)</w:t>
+              <w:t>6 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>išplėstinis kursas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4 (bendrasis kursas)</w:t>
+              <w:t>4 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>bendrasis kursas)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>arba</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C4879" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="0079577C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6 (išplėstinis kursas)</w:t>
+              <w:t>6 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D80732">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>išplėstinis kursas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C4879" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006C4879" w:rsidRPr="0079577C" w:rsidRDefault="0079577C" w:rsidP="006C4879">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fizinis ugdymas</w:t>
             </w:r>
@@ -868,51 +1059,51 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRDefault="00775F36" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Užsienio kalba (rusų)</w:t>
+              <w:t>Užsienio kalba (vokiečių)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRPr="0079577C" w:rsidRDefault="00775F36" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -936,2163 +1127,1946 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRDefault="00775F36" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Užsienio kalba (vokiečių)</w:t>
+              <w:t>Užsienio kalba (prancūzų)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRPr="0079577C" w:rsidRDefault="00775F36" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRPr="0079577C" w:rsidRDefault="00775F36" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00775F36" w:rsidTr="00B51E56">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRPr="009251E8" w:rsidRDefault="00775F36" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009251E8">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>III. Gamtamokslinis ir technologinis ugdymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00775F36" w:rsidP="00775F36">
-[...21 lines deleted...]
-          <w:p w:rsidR="00775F36" w:rsidRPr="0079577C" w:rsidRDefault="00775F36" w:rsidP="00775F36">
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRPr="0079577C" w:rsidRDefault="00775F36" w:rsidP="00775F36">
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775F36" w:rsidTr="00B51E56">
+      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chemija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fizika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Informatika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00623011">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00623011">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04435" w:rsidTr="0090481D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRPr="009251E8" w:rsidRDefault="00775F36" w:rsidP="00775F36">
+          <w:p w:rsidR="00D04435" w:rsidRPr="009251E8" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>III. Gamtamokslinis ir technologinis ugdymas</w:t>
+              <w:t>IV. Visuomeninis ugdymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Biologija</w:t>
+              <w:t>Istorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
-[...26 lines deleted...]
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+      <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Geografija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
-[...26 lines deleted...]
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+      <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ekonomika ir verslumas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775F36" w:rsidTr="006C4879">
-[...26 lines deleted...]
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+      <w:tr w:rsidR="00436C12" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00436C12" w:rsidRDefault="00436C12" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Filosofija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00436C12" w:rsidRDefault="00436C12" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00775F36" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+          <w:p w:rsidR="00436C12" w:rsidRDefault="00436C12" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04435" w:rsidTr="0090481D">
+      <w:tr w:rsidR="00D04435" w:rsidTr="00CB16FC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRPr="009251E8" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>IV. Visuomeninis ugdymas</w:t>
-[...67 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>V. Meninis ugdymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Geografija</w:t>
+              <w:t>Dailė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00D04435">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Muzika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ekonomika ir verslumas</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3209" w:type="dxa"/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D04435" w:rsidRDefault="00D04435" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436C12" w:rsidTr="006C4879">
-[...40 lines deleted...]
-              <w:t>3</w:t>
+      <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Šokis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00436C12" w:rsidRDefault="00436C12" w:rsidP="00775F36">
-[...13 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00D04435" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04435" w:rsidTr="00CB16FC">
+      <w:tr w:rsidR="000E0463" w:rsidTr="009D577F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00D04435" w:rsidRPr="009251E8" w:rsidRDefault="00D04435" w:rsidP="00775F36">
-[...4 lines deleted...]
-                <w:i/>
+          <w:p w:rsidR="000E0463" w:rsidRPr="009251E8" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>V. Meninis ugdymas</w:t>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pasirenkamieji dalykai, dalyko moduliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D04435" w:rsidTr="006C4879">
-[...271 lines deleted...]
-      <w:tr w:rsidR="000E0463" w:rsidTr="009D577F">
+      <w:tr w:rsidR="000E0463" w:rsidTr="00F118A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="000E0463" w:rsidRPr="009251E8" w:rsidRDefault="000E0463" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
+                <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>Pasirenkamieji dalykai, dalyko moduliai</w:t>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pasirenkamieji dalykai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E0463" w:rsidTr="00F118A5">
+      <w:tr w:rsidR="000E0463" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Psichologija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D80732" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D80732" w:rsidRDefault="00D80732" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Užsienio kalba (.....................</w:t>
+            </w:r>
+            <w:r w:rsidR="00307A04">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>....)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D80732" w:rsidRDefault="00D80732" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D80732" w:rsidRDefault="00D80732" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0463" w:rsidTr="00912061">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000E0463" w:rsidRPr="009251E8" w:rsidRDefault="000E0463" w:rsidP="00775F36">
+          <w:p w:rsidR="000E0463" w:rsidRPr="009251E8" w:rsidRDefault="003C6A66" w:rsidP="00775F36">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pasirenkamieji dalykai</w:t>
+              <w:t>Dalyko moduliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E0463" w:rsidTr="006C4879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E0463" w:rsidRDefault="000E0463" w:rsidP="00775F36">
-[...30 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00623011" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pasiruošimas matematikos </w:t>
+            </w:r>
+            <w:r w:rsidR="0006662E" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>valstybiniam brandos egzaminui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00F95418" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E0463" w:rsidRDefault="000E0463" w:rsidP="00775F36">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00623011" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E0463" w:rsidTr="006C4879">
-[...35 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="000E0463" w:rsidTr="009E7E09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00F95418" w:rsidP="00D439C8">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Lietuvių kalbos</w:t>
+            </w:r>
+            <w:r w:rsidR="0006662E" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rašyba,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D439C8" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>skyryb</w:t>
+            </w:r>
+            <w:r w:rsidR="0006662E" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a ir kalbos vartojimas </w:t>
+            </w:r>
+            <w:r w:rsidR="00D439C8" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> III kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00F95418" w:rsidP="009E7E09">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
-          </w:tcPr>
-[...9 lines deleted...]
-            <w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000E0463" w:rsidRPr="0006662E" w:rsidRDefault="00D439C8" w:rsidP="009E7E09">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D439C8" w:rsidTr="009E7E09">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D439C8" w:rsidRPr="0006662E" w:rsidRDefault="00D439C8" w:rsidP="00775F36">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lietuvių kalbos </w:t>
+            </w:r>
+            <w:r w:rsidR="009E7E09" w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ir literatūros modulis: „R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ašytinio teksto kūrimas“ IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D439C8" w:rsidRPr="0006662E" w:rsidRDefault="009E7E09" w:rsidP="009E7E09">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D439C8" w:rsidRPr="0006662E" w:rsidRDefault="009E7E09" w:rsidP="009E7E09">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D439C8" w:rsidTr="006C4879">
-[...35 lines deleted...]
-            <w:r>
+      <w:tr w:rsidR="005E056A" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų kalbos modulis  „Kūrybinis rašymas“ III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D439C8" w:rsidRDefault="00D439C8" w:rsidP="00775F36">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E0463" w:rsidTr="00912061">
+      <w:tr w:rsidR="005E056A" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anglų kalbos modulis „Kalbėjimo įgūdžių ugdymas“ III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E056A" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="002A6FFA" w:rsidP="002A6FFA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Biologijos tiriamosios veiklos duomenų apdorojimo metodikos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E056A" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="00936669" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Medžiagų tyrimo metodai ir jų taikymas chemijos tiriamuosiuose darbuose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005E056A" w:rsidRPr="0006662E" w:rsidRDefault="005E056A" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00194F6E" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194F6E" w:rsidRPr="0006662E" w:rsidRDefault="00194F6E" w:rsidP="00194F6E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informatikos modulis „Duomenų </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>tyrybos</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, programavimo ir saugaus elgesio pradmenys“ *</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194F6E" w:rsidRPr="0006662E" w:rsidRDefault="00194F6E" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194F6E" w:rsidRPr="0006662E" w:rsidRDefault="00194F6E" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00040D0B" w:rsidTr="006C4879">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00040D0B" w:rsidRPr="0006662E" w:rsidRDefault="00040D0B" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Visapusiškas asmenybės ir fizinio raštingumo ugdymas per fizinį aktyvumą ir sportinius žaidimus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00040D0B" w:rsidRPr="0006662E" w:rsidRDefault="00BE6E4E" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00040D0B" w:rsidRPr="0006662E" w:rsidRDefault="00BE6E4E" w:rsidP="005E056A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006662E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E056A" w:rsidTr="00A552C6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="000E0463" w:rsidRPr="009251E8" w:rsidRDefault="003C6A66" w:rsidP="00775F36">
-[...833 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="005E056A" w:rsidRPr="009251E8" w:rsidRDefault="005A089F" w:rsidP="005E056A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009251E8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Kita:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A089F" w:rsidTr="00CC36B4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3209" w:type="dxa"/>
@@ -3117,85 +3091,63 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6419" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005E056A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ne mažiau kaip 70 val. per dvejus metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005A089F" w:rsidRDefault="005E056A" w:rsidP="005A089F">
-[...20 lines deleted...]
-    </w:p>
     <w:p w:rsidR="005A089F" w:rsidRPr="00194F6E" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00194F6E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">** </w:t>
+        <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="00194F6E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ei mokinys pasirenka mokytis </w:t>
       </w:r>
       <w:r w:rsidR="00194F6E" w:rsidRPr="00194F6E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Informatikos</w:t>
       </w:r>
       <w:r w:rsidRPr="00194F6E">
         <w:rPr>
           <w:sz w:val="18"/>
@@ -3326,82 +3278,79 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>50 val. per dvejus metus.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009005F1" w:rsidRPr="005A089F" w:rsidRDefault="009005F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009005F1" w:rsidRDefault="009005F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A089F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mokinys gali keisti dalykų </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Mokinys gali keisti dalykų pasirinkimus III gimnazijos klasėje iki </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80732">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>sausio 31 d.,</w:t>
+      </w:r>
       <w:r w:rsidRPr="005A089F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>pasirinkimus</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> IV gimnazijos klasėje </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80732">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>– iki lapkričio 15 d.</w:t>
+      </w:r>
       <w:r w:rsidRPr="005A089F">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> III gimnazijos klasėje iki antrojo pusmečio pabaigos pagal gimnazijos nustatytus individualaus ugdymo plano keitimo reikalavimus. Individualus ugdymo planas IV gimnazijos klasėje gali būti keičiamas </w:t>
-[...14 lines deleted...]
-        <w:t>atvejais.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -3421,305 +3370,397 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Iš viso pamokų per savaitę. ........................................  </w:t>
+        <w:t xml:space="preserve"> Iš viso pamokų per savaitę</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF20B8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF20B8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Mokinio parašas............................................................................................................................................................................</w:t>
+        <w:t>Mokinio parašas</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF20B8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00233095">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF20B8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.............................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00233095">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F" w:rsidP="005A089F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Mokinio tėvų ( globėjų, rūpintojų) v.</w:t>
       </w:r>
       <w:r w:rsidR="00436C12">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>pavardė, parašas..................................................................................................................</w:t>
+        <w:t>pavardė, parašas</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5E02">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>..................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A089F" w:rsidRPr="005A089F" w:rsidRDefault="005A089F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A089F" w:rsidRPr="005A089F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
-    <w:charset w:val="BA"/>
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:charset w:val="BA"/>
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C4879"/>
     <w:rsid w:val="00040D0B"/>
     <w:rsid w:val="00064410"/>
+    <w:rsid w:val="0006662E"/>
+    <w:rsid w:val="000C2D2D"/>
     <w:rsid w:val="000E0463"/>
+    <w:rsid w:val="000F5E02"/>
     <w:rsid w:val="00194F6E"/>
+    <w:rsid w:val="00233095"/>
     <w:rsid w:val="0023508C"/>
     <w:rsid w:val="002A6FFA"/>
+    <w:rsid w:val="00307A04"/>
     <w:rsid w:val="003C6A66"/>
     <w:rsid w:val="00436C12"/>
     <w:rsid w:val="005A089F"/>
     <w:rsid w:val="005E056A"/>
+    <w:rsid w:val="00623011"/>
     <w:rsid w:val="006C4879"/>
     <w:rsid w:val="00775F36"/>
     <w:rsid w:val="0079577C"/>
     <w:rsid w:val="007A6E3C"/>
     <w:rsid w:val="008A34BC"/>
     <w:rsid w:val="009005F1"/>
     <w:rsid w:val="009251E8"/>
     <w:rsid w:val="00936669"/>
     <w:rsid w:val="009E7E09"/>
     <w:rsid w:val="00A33FBE"/>
     <w:rsid w:val="00BD4B61"/>
     <w:rsid w:val="00BE6E4E"/>
+    <w:rsid w:val="00BF20B8"/>
     <w:rsid w:val="00D04435"/>
     <w:rsid w:val="00D439C8"/>
     <w:rsid w:val="00D5075A"/>
+    <w:rsid w:val="00D80732"/>
     <w:rsid w:val="00DB27A6"/>
     <w:rsid w:val="00DD7136"/>
-    <w:rsid w:val="00E03F80"/>
+    <w:rsid w:val="00DF67BB"/>
     <w:rsid w:val="00F61A13"/>
     <w:rsid w:val="00F95418"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3A5563C2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E9E2AF2A-942B-4EAE-BEA5-875BBFEA6687}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4047,50 +4088,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006C4879"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -4136,51 +4181,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DD7136"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4409,73 +4454,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2152</Words>
-  <Characters>1228</Characters>
+  <Words>1866</Words>
+  <Characters>1064</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3374</CharactersWithSpaces>
+  <CharactersWithSpaces>2925</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>